--- v0 (2025-12-22)
+++ v1 (2026-03-13)
@@ -1,3082 +1,2676 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w14:paraId="3EB6485A">
-[...13 lines deleted...]
-        <w:bidi w:val="0"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="00A00D80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="600" w:lineRule="exact"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia"/>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22E31F6C">
-[...13 lines deleted...]
-        <w:bidi w:val="0"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="00A00D80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
         <w:spacing w:line="600" w:lineRule="exact"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="auto"/>
-[...67 lines deleted...]
-        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsiTheme="majorEastAsia"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体"/>
+    </w:p>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:spacing w:line="600" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>办法</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsiTheme="majorEastAsia"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsiTheme="majorEastAsia" w:hint="eastAsia"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>》</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsiTheme="majorEastAsia"/>
+        <w:t>关于《</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hint="eastAsia"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
-          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>山东省输入易感动物隔离场所管理</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
+        <w:spacing w:line="600" w:lineRule="exact"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsiTheme="majorEastAsia"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hint="eastAsia"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>办法</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsiTheme="majorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>》</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsiTheme="majorEastAsia" w:hint="eastAsia"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>（征求意见稿）的解读说明</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D49404C">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="00A00D80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:spacing w:line="600" w:lineRule="exact"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="665F932B">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:spacing w:line="600" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>一、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>修订</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>文件的必要性</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4316C107">
-[...13 lines deleted...]
-        <w:bidi w:val="0"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="600" w:lineRule="exact"/>
-        <w:ind w:firstLine="640" w:firstLineChars="200"/>
-[...18 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>《山东省输入易感动物隔离场所管理办法》（以下简称《办法》）自</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>日起正式施行，几年来运行良好。但在实施过程中，随时间推移和实际情况的诸多变化，原《办法》中的部分条款已无法精准适应新的动物防疫形势。根据《中华人民共和国动物防疫法》</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>《山东省动物防疫条例》</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...34 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>等法律法规的要求，同时紧密结合山东省免疫无口蹄疫区和免疫无高致病性禽流感区维持运行的实际情况与经验，</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>年适时对《办法》进行修订。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:spacing w:line="600" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Tahoma"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>二、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>修订</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>依据</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D369B8B">
-[...31 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:spacing w:line="600" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Tahoma"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Tahoma" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>《中华人民共和国动物防疫法》（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Tahoma"/>
-[...13 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Tahoma" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Tahoma" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Tahoma" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Tahoma" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>月第二次修订</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Tahoma" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>）第五十五条</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Tahoma"/>
-[...27 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Tahoma" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Tahoma" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>跨省、自治区、直辖市引进的种用、乳用动物到达输入地后，货主应当按照国务院农业农村主管部门的规定对引进的种用、乳用动物进行隔离观察。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:spacing w:line="600" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Tahoma"/>
-          <w:color w:val="auto"/>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>《</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>动物检疫管理办法》（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...13 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>农业农村部令</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...13 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>号修订）第二十六条</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...3 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...27 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>输入到无规定动物疫病区的相关易感动物，应当在输入地省级动物卫生监督机构指定的隔离</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>场所进行隔离，隔离检疫期为三十天。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:spacing w:line="600" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>三</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>修订的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>主要内容</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C8D3355">
-[...13 lines deleted...]
-        <w:bidi w:val="0"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="600" w:lineRule="exact"/>
-        <w:ind w:firstLine="640" w:firstLineChars="200"/>
-[...12 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="黑体"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>《办法》</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋" w:eastAsia="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>共</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋" w:eastAsia="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋" w:eastAsia="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>条，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋" w:eastAsia="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>主要内容修订如下：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75346DFA">
-[...13 lines deleted...]
-        <w:bidi w:val="0"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="600" w:lineRule="exact"/>
-        <w:ind w:firstLine="640" w:firstLineChars="200"/>
-[...13 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体_GB2312" w:eastAsia="楷体_GB2312" w:hAnsi="楷体_GB2312" w:cs="楷体_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（一）调整临时动物隔离场所《动物防疫条件合格证》要求。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>对本场隔离非种用、乳用动物的临时隔离场所，要求具备良好的动物防疫条件，不再要求具有《动物防疫条件合格证》。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E00E284">
-[...13 lines deleted...]
-        <w:bidi w:val="0"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="600" w:lineRule="exact"/>
-        <w:ind w:firstLine="640" w:firstLineChars="200"/>
-[...13 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体_GB2312" w:eastAsia="楷体_GB2312" w:hAnsi="楷体_GB2312" w:cs="楷体_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（二）调整输入易感动物隔离期。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...21 lines deleted...]
-        <w:bidi w:val="0"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>按照修订的《动物检疫管理办法》要求，猪、牛、羊等大中型动物隔离期由</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>45</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>天调整为</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>天。</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="600" w:lineRule="exact"/>
-        <w:ind w:firstLine="640" w:firstLineChars="200"/>
-[...13 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Verdana"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体_GB2312" w:eastAsia="楷体_GB2312" w:hAnsi="楷体_GB2312" w:cs="楷体_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（三）调整隔离检疫程序表述</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Verdana" w:eastAsia="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Verdana" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Verdana" w:eastAsia="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Verdana" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>将隔离检疫程序表述</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Verdana" w:eastAsia="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Verdana" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>与《</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Verdana" w:eastAsia="仿宋_GB2312"/>
-[...10 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Verdana" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>山东省无规定动物疫病区输入</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Verdana" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Verdana" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>过境</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Verdana" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Verdana" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>易感动物及动物产品管理规定</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Verdana" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>》统一，明确</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Verdana" w:eastAsia="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="Verdana" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>隔离后不需要转运的，经检疫合格，可直接混群。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61ED9E08">
-[...14 lines deleted...]
-        <w:adjustRightInd/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="600" w:lineRule="exact"/>
-        <w:ind w:firstLine="640" w:firstLineChars="200"/>
-[...2 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="仿宋_GB2312"/>
           <w:kern w:val="0"/>
           <w:sz w:val="31"/>
           <w:szCs w:val="31"/>
-          <w:lang w:eastAsia="zh-CN"/>
-[...7 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体_GB2312" w:eastAsia="楷体_GB2312" w:hAnsi="楷体_GB2312" w:cs="楷体_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（四）档案记录要求</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="楷体_GB2312" w:hAnsi="宋体" w:eastAsia="楷体_GB2312" w:cs="宋体"/>
+          <w:rFonts w:ascii="楷体_GB2312" w:eastAsia="楷体_GB2312" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="31"/>
           <w:szCs w:val="31"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>简化记录表格，将《动物隔离场所隔离检疫饲养记录表》、《输入易感动物隔离检疫总结报告》合并为《</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>输入易感动物隔离检疫记录表</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="31"/>
           <w:szCs w:val="31"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>》；强化</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>动物隔离场所</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>主体责任，增加其</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="31"/>
           <w:szCs w:val="31"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>做好动物隔离相关记录的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>要求</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="31"/>
           <w:szCs w:val="31"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A219B51">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:spacing w:line="600" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>四</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>起草过程</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51474BCC">
-[...40 lines deleted...]
-          </w14:textFill>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:spacing w:line="600" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体_GB2312" w:eastAsia="楷体_GB2312" w:hAnsi="楷体_GB2312" w:cs="楷体_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（一）前期评估。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...7 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>根据</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...8 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>有关</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...7 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>法律法规</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...8 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>和规定要求</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...7 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，结合全省无疫区建设工作实际，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...22 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...8 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>我局组织有关处室单位及专家</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...7 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>对</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...7 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>《办法》</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...8 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>修订</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...21 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>的必要性、可行性、合法性、</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>合理性进行全面论证</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>起草了《办法》初稿。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="290581CB">
-[...27 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:spacing w:line="600" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="643"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>合法性</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...7 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>《办法》</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>依据</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="黑体" w:eastAsia="仿宋_GB2312" w:cs="方正黑体_GBK"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="黑体" w:cs="方正黑体_GBK" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>根据</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Tahoma"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Tahoma" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>《中华人民共和国动物防疫法》</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Tahoma"/>
-          <w:color w:val="auto"/>
+          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>《</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>动物检疫管理办法》调整内容进行的调整。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>制定程序和内容是合法的。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79680FE8">
-[...27 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:spacing w:line="600" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="643"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>2.合理性。</w:t>
-[...11 lines deleted...]
-          </w14:textFill>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>合理性。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>《办法》</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...8 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>修订</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>旨在</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>进一步优化</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>输入易感动物及其隔离场所的管理工作</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>对相关要求和表格进行了优化，并征求了各方意见建议。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>因此，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>《通告》</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>的制定过程和内容是合理的</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31663F3F">
-[...3 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4410"/>
         </w:tabs>
-        <w:kinsoku/>
-[...7 lines deleted...]
-        <w:snapToGrid/>
         <w:spacing w:line="600" w:lineRule="exact"/>
         <w:ind w:firstLine="640"/>
-        <w:textAlignment w:val="auto"/>
-[...9 lines deleted...]
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="黑体"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>3.可行性。</w:t>
-[...11 lines deleted...]
-          </w14:textFill>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>可行性。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>《办法》</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>以习近平新时代中国特色社会主义思想为指导，深入贯彻落实习近平总书记关于</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>动物疫病防控</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>的重要指示要求，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>以实事求是和服务企业为宗旨</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>能够</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>更好地应对当前复杂多变的动物防疫局面，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>切合动物疫病防控实际，兼顾监督管理和便民服务要求</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="7"/>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:b w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>为我省</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>无规定动物疫病区</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>建设持续了提供坚实有力的制度保障。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BDB9018">
-[...40 lines deleted...]
-          </w14:textFill>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:spacing w:line="600" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="楷体_GB2312" w:eastAsia="楷体_GB2312" w:hAnsi="楷体_GB2312" w:cs="楷体_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（二）征求意见。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...7 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>先后征求农业农村部畜牧兽医局、中国动卫中心有关专家，以及各有关处室、单位意见，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...8 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>根据意见</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...22 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>进行完善，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...7 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>形成征求意见稿</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...8 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...22 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2024</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>日至</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>年</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>月</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>在我局政务网站面向社会公开征求意见建议</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...8 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，通过公文系统征求</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...7 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>各市畜牧兽医主管部门</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...8 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>意见建议</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋" w:eastAsia="仿宋_GB2312"/>
-[...7 lines deleted...]
-          </w14:textFill>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69237E1D">
-[...3 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="312"/>
           <w:tab w:val="left" w:pos="4410"/>
         </w:tabs>
-        <w:kinsoku/>
-[...5 lines deleted...]
-        <w:bidi w:val="0"/>
         <w:spacing w:line="600" w:lineRule="exact"/>
         <w:ind w:left="643"/>
-        <w:textAlignment w:val="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+        <w:rPr>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>五</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>、施行</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>期限</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="Tahoma"/>
+          <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="Tahoma" w:hint="eastAsia"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>的说明</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AAE546D">
-[...30 lines deleted...]
-          <w:lang w:eastAsia="zh-CN"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:spacing w:line="600" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>修订的《办法》长期有效</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
-          <w:color w:val="auto"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D18FB3D">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="仿宋" w:eastAsia="仿宋_GB2312" w:cs="Tahoma"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="00A00D80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:spacing w:line="600" w:lineRule="exact"/>
+        <w:ind w:firstLineChars="200" w:firstLine="640"/>
+        <w:rPr>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="仿宋" w:cs="Tahoma"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B48DE23">
-[...15 lines deleted...]
-        <w:textAlignment w:val="auto"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="00A00D80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:spacing w:line="600" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46FFD0F6">
-[...15 lines deleted...]
-        <w:textAlignment w:val="auto"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="00A00D80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:spacing w:line="600" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EC92A22">
-[...15 lines deleted...]
-        <w:textAlignment w:val="auto"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="00A00D80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:spacing w:line="600" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BCA6AC7">
-[...15 lines deleted...]
-        <w:textAlignment w:val="auto"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="00A00D80">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
+        <w:spacing w:line="600" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="124E06DD">
-[...13 lines deleted...]
-        <w:bidi w:val="0"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
         <w:spacing w:line="600" w:lineRule="exact"/>
         <w:jc w:val="right"/>
-        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>山东省畜牧兽医局</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CC57E97">
-[...13 lines deleted...]
-        <w:bidi w:val="0"/>
+    <w:p w:rsidR="00A00D80" w:rsidRDefault="0084606B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4410"/>
+        </w:tabs>
         <w:spacing w:line="600" w:lineRule="exact"/>
         <w:jc w:val="right"/>
-        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
+          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hint="eastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
     </w:p>
-    <w:sectPr>
-[...1 lines deleted...]
-      <w:footerReference r:id="rId4" w:type="default"/>
+    <w:sectPr w:rsidR="00A00D80" w:rsidSect="00A00D80">
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1797" w:bottom="1440" w:left="1797" w:header="851" w:footer="992" w:gutter="0"/>
-      <w:pgNumType w:fmt="decimal" w:start="1"/>
-[...1 lines deleted...]
-      <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
+      <w:docGrid w:type="lines" w:linePitch="312"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="0084606B" w:rsidRDefault="0084606B" w:rsidP="00A00D80">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="0084606B" w:rsidRDefault="0084606B" w:rsidP="00A00D80">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="01"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
+    <w:altName w:val="SimSun"/>
     <w:panose1 w:val="02010600030101010101"/>
-    <w:charset w:val="7A"/>
-[...19 lines deleted...]
-    <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
-[...14 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="default"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="方正小标宋简体">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="script"/>
-    <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋_GB2312">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="黑体">
+    <w:altName w:val="SimHei"/>
+    <w:panose1 w:val="02010609060101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="200101FF" w:csb1="20280000"/>
   </w:font>
   <w:font w:name="仿宋">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
-    <w:pitch w:val="default"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="200101FF" w:csb1="20280000"/>
   </w:font>
   <w:font w:name="楷体_GB2312">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
-    <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="方正黑体_GBK">
     <w:altName w:val="微软雅黑"/>
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="script"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="微软雅黑">
-[...4 lines deleted...]
-    <w:sig w:usb0="80000287" w:usb1="280F3C52" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="5007C190">
+<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="00A00D80" w:rsidRDefault="00A00D80">
     <w:pPr>
-      <w:pStyle w:val="2"/>
+      <w:pStyle w:val="a3"/>
     </w:pPr>
     <w:r>
-      <w:rPr>
-[...116 lines deleted...]
-      </mc:AlternateContent>
+      <w:pict>
+        <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <v:stroke joinstyle="miter"/>
+          <v:path gradientshapeok="t" o:connecttype="rect"/>
+        </v:shapetype>
+        <v:shape id="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:2in;height:2in;z-index:251659264;mso-wrap-style:none;mso-position-horizontal:center;mso-position-horizontal-relative:margin" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQGuF+fsxAgAAYQQAAA4AAABkcnMvZTJvRG9jLnhtbK1UzY7TMBC+I/EO&#10;lu80aRGrKmq6KlsVIVXsSgVxdh2nieQ/2W6T8gDwBpy4cOe5+hx8zk8XLRz2wMUZe8bfzPfNOIvb&#10;VklyEs7XRud0OkkpEZqbotaHnH76uHk1p8QHpgsmjRY5PQtPb5cvXywam4mZqYwshCMA0T5rbE6r&#10;EGyWJJ5XQjE/MVZoOEvjFAvYukNSONYAXclklqY3SWNcYZ3hwnucrnsnHRDdcwBNWdZcrA0/KqFD&#10;j+qEZAGUfFVbT5ddtWUpeLgvSy8CkTkF09CtSAJ7H9dkuWDZwTFb1XwogT2nhCecFKs1kl6h1iww&#10;cnT1X1Cq5s54U4YJNyrpiXSKgMU0faLNrmJWdFwgtbdX0f3/g+UfTg+O1AUmgRLNFBp++f7t8uPX&#10;5edXMo3yNNZniNpZxIX2rWlj6HDucRhZt6VT8Qs+BH6Ie76KK9pAeLw0n83nKVwcvnEDnOTxunU+&#10;vBNGkWjk1KF7najstPWhDx1DYjZtNrWUOGeZ1KTJ6c3rN2l34eoBuNTIEUn0xUYrtPt2YLA3xRnE&#10;nOknw1u+qZF8y3x4YA6jgILxWMI9llIaJDGDRUll3Jd/ncd4dAheShqMVk41XhIl8r1G5wAYRsON&#10;xn409FHdGcwquoFaOhMXXJCjWTqjPuMFrWIOuJjmyJTTMJp3oR9vvEAuVqsu6Ghdfaj6C5g7y8JW&#10;7yyPaaJ63q6OAWJ2GkeBelUG3TB5XZeGVxJH+899F/X4Z1j+BlBLAwQKAAAAAACHTuJAAAAAAAAA&#10;AAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxz&#10;pZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1Ikuk&#10;bGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfN&#10;RJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEb&#10;uUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3&#10;AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgc&#10;YGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoe&#10;keWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLn&#10;EMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8Qoh&#10;PsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQA&#10;AAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAJoEAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAfAMAAF9yZWxzL1BLAQIU&#10;ABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAKADAABfcmVscy8ucmVsc1BLAQIU&#10;AAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgA&#10;h07iQLNJWO7QAAAABQEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQA&#10;AAAIAIdO4kBrhfn7MQIAAGEEAAAOAAAAAAAAAAEAIAAAAB8BAABkcnMvZTJvRG9jLnhtbFBLBQYA&#10;AAAABgAGAFkBAADCBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+          <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
+            <w:txbxContent>
+              <w:p w:rsidR="00A00D80" w:rsidRDefault="00A00D80">
+                <w:pPr>
+                  <w:pStyle w:val="a3"/>
+                </w:pPr>
+                <w:r>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidR="0084606B">
+                  <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidR="00D94EB2">
+                  <w:rPr>
+                    <w:noProof/>
+                  </w:rPr>
+                  <w:t>1</w:t>
+                </w:r>
+                <w:r>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:p>
+            </w:txbxContent>
+          </v:textbox>
+          <w10:wrap anchorx="margin"/>
+        </v:shape>
+      </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="0084606B" w:rsidRDefault="0084606B" w:rsidP="00A00D80">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="0084606B" w:rsidRDefault="0084606B" w:rsidP="00A00D80">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="23F8E37E">
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="00A00D80" w:rsidRDefault="00A00D80">
     <w:pPr>
-      <w:pStyle w:val="3"/>
+      <w:pStyle w:val="a4"/>
       <w:pBdr>
-        <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
-[...3 lines deleted...]
-        <w:between w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+        <w:bottom w:val="none" w:sz="0" w:space="1" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="110"/>
-  <w:doNotDisplayPageBoundaries w:val="1"/>
   <w:embedSystemFonts/>
-  <w:bordersDoNotSurroundHeader w:val="0"/>
-[...1 lines deleted...]
-  <w:documentProtection w:enforcement="0"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
-  <w:displayHorizontalDrawingGridEvery w:val="1"/>
-[...1 lines deleted...]
-  <w:noPunctuationKerning w:val="1"/>
+  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useFELayout/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiM2YwMWVmMTJiNTA5MzhkYWEzMGVlMDI0NTM2NjdmZmEifQ=="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="35296CF5"/>
     <w:rsid w:val="004E2FCE"/>
     <w:rsid w:val="007C00F6"/>
+    <w:rsid w:val="0084606B"/>
     <w:rsid w:val="00963675"/>
     <w:rsid w:val="00980858"/>
     <w:rsid w:val="009B169F"/>
+    <w:rsid w:val="00A00D80"/>
     <w:rsid w:val="00B41200"/>
     <w:rsid w:val="00D51EFD"/>
+    <w:rsid w:val="00D94EB2"/>
     <w:rsid w:val="00DE4A27"/>
     <w:rsid w:val="00F11970"/>
     <w:rsid w:val="07004FA3"/>
     <w:rsid w:val="075859F1"/>
     <w:rsid w:val="09FE1C52"/>
     <w:rsid w:val="157F35D4"/>
     <w:rsid w:val="228D3D0C"/>
     <w:rsid w:val="26093F2A"/>
     <w:rsid w:val="26701DD3"/>
     <w:rsid w:val="35296CF5"/>
     <w:rsid w:val="3968533E"/>
     <w:rsid w:val="515677F6"/>
     <w:rsid w:val="607047F0"/>
     <w:rsid w:val="67257E44"/>
     <w:rsid w:val="6CBA178E"/>
     <w:rsid w:val="6F3E5B60"/>
     <w:rsid w:val="7000374F"/>
     <w:rsid w:val="747A5578"/>
     <w:rsid w:val="75A96A40"/>
     <w:rsid w:val="79F72FA5"/>
     <w:rsid w:val="7D922714"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
-[...247 lines deleted...]
-    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="header" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:uiPriority w:val="0"/>
+    <w:rsid w:val="00A00D80"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="宋体" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="6">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="1"/>
-[...6 lines deleted...]
-    <w:uiPriority w:val="99"/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="9"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char"/>
     <w:qFormat/>
-    <w:uiPriority w:val="0"/>
+    <w:rsid w:val="00A00D80"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="8"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char0"/>
     <w:qFormat/>
-    <w:uiPriority w:val="0"/>
+    <w:rsid w:val="00A00D80"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="4">
+  <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="a"/>
     <w:qFormat/>
-    <w:uiPriority w:val="0"/>
+    <w:rsid w:val="00A00D80"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:hint="eastAsia"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
-      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="7">
+  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:uiPriority w:val="22"/>
+    <w:rsid w:val="00A00D80"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char0">
     <w:name w:val="页眉 Char"/>
-    <w:basedOn w:val="6"/>
-    <w:link w:val="3"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
     <w:qFormat/>
-    <w:uiPriority w:val="0"/>
+    <w:rsid w:val="00A00D80"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="9">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char">
     <w:name w:val="页脚 Char"/>
-    <w:basedOn w:val="6"/>
-    <w:link w:val="2"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
     <w:qFormat/>
-    <w:uiPriority w:val="0"/>
+    <w:rsid w:val="00A00D80"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:sysClr val="window" lastClr="CCE8CF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
@@ -3276,90 +2870,95 @@
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps/>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
+  <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1359</Words>
-[...3 lines deleted...]
-  <TotalTime></TotalTime>
+  <Words>206</Words>
+  <Characters>1180</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>9</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1401</CharactersWithSpaces>
-[...1 lines deleted...]
-  <DocSecurity>0</DocSecurity>
+  <CharactersWithSpaces>1384</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>麝香铜豌豆sweetCupea</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>2052-12.1.0.17827</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOTemplateDocerSaveRecord">
     <vt:lpwstr>eyJoZGlkIjoiOTg3ODk1NWVhYTVhNTYwMDUyMzc4MThhYzdhZTQ0ZWMiLCJ1c2VySWQiOiIzMzU3MjkxNzAifQ==</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ICV">
     <vt:lpwstr>731A352D959E41F19D593263681D39E8_13</vt:lpwstr>
   </property>
 </Properties>
 </file>