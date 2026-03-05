--- v0 (2025-12-31)
+++ v1 (2026-03-05)
@@ -1,32 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="00330F92" w:rsidRDefault="00330F92" w:rsidP="00330F92">
       <w:pPr>
         <w:pStyle w:val="NormalNormal"/>
         <w:spacing w:line="266" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsi="黑体" w:cs="黑体"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -187,51 +189,50 @@
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>市、区</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
           <w:spacing w:val="7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormalTableNormal0"/>
         <w:tblW w:w="9430" w:type="dxa"/>
         <w:jc w:val="center"/>
-        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1816"/>
         <w:gridCol w:w="2824"/>
         <w:gridCol w:w="1698"/>
         <w:gridCol w:w="3092"/>
       </w:tblGrid>
       <w:tr w:rsidR="00330F92" w:rsidTr="00221AA3">
         <w:trPr>
           <w:trHeight w:val="800"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1816" w:type="dxa"/>
@@ -511,64 +512,70 @@
         <w:trPr>
           <w:trHeight w:val="1473"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1816" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00330F92" w:rsidRDefault="00330F92" w:rsidP="00221AA3">
             <w:pPr>
               <w:pStyle w:val="TableTextTableText"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
               </w:rPr>
               <w:t>过去三年内是</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00330F92" w:rsidRDefault="00330F92" w:rsidP="00221AA3">
+          <w:p w:rsidR="00330F92" w:rsidRDefault="005829B3" w:rsidP="00221AA3">
             <w:pPr>
               <w:pStyle w:val="TableTextTableText"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="1"/>
               </w:rPr>
-              <w:t>否发生发生重</w:t>
+              <w:t>否</w:t>
+            </w:r>
+            <w:r w:rsidR="00330F92">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t>发生重</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00330F92" w:rsidRDefault="00330F92" w:rsidP="00221AA3">
             <w:pPr>
               <w:pStyle w:val="TableTextTableText"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="2"/>
               </w:rPr>
               <w:t>大动物疫情</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2824" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00330F92" w:rsidRDefault="00330F92" w:rsidP="00221AA3">
@@ -810,51 +817,50 @@
               <w:ind w:leftChars="-55" w:left="-7" w:right="168" w:hangingChars="77" w:hanging="169"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:hint="default"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>接收养殖企业</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00330F92" w:rsidRDefault="00330F92" w:rsidP="00221AA3">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="宋体" w:hAnsi="Calibri"/>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:eastAsia="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang/>
               </w:rPr>
               <w:t>（养殖场）全称</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7614" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00330F92" w:rsidRDefault="00330F92" w:rsidP="00221AA3">
             <w:pPr>
               <w:pStyle w:val="TableTextTableText"/>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:ind w:left="173" w:right="-9" w:hangingChars="78" w:hanging="173"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default"/>
                 <w:spacing w:val="1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1200,50 +1206,69 @@
               <w:ind w:left="1795"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t>年   月   日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00F823CA" w:rsidRDefault="00F823CA"/>
     <w:sectPr w:rsidR="00F823CA" w:rsidSect="00F823CA">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="312"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00D951E7" w:rsidRDefault="00D951E7" w:rsidP="005829B3">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00D951E7" w:rsidRDefault="00D951E7" w:rsidP="005829B3">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:altName w:val="SimSun"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -1265,92 +1290,125 @@
   </w:font>
   <w:font w:name="方正小标宋简体">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00D951E7" w:rsidRDefault="00D951E7" w:rsidP="005829B3">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00D951E7" w:rsidRDefault="00D951E7" w:rsidP="005829B3">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00330F92"/>
     <w:rsid w:val="00330F92"/>
+    <w:rsid w:val="005829B3"/>
+    <w:rsid w:val="00915FCD"/>
+    <w:rsid w:val="00D951E7"/>
     <w:rsid w:val="00F823CA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -1547,69 +1605,141 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableTextTableText">
     <w:name w:val="Table TextTableText"/>
     <w:basedOn w:val="NormalNormal"/>
     <w:qFormat/>
     <w:rsid w:val="00330F92"/>
     <w:rPr>
       <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:hint="eastAsia"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormalTableNormal0">
     <w:name w:val="Table NormalTableNormal0"/>
     <w:basedOn w:val="a1"/>
     <w:qFormat/>
     <w:rsid w:val="00330F92"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005829B3"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char">
+    <w:name w:val="页眉 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005829B3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋_GB2312" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="Char0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005829B3"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+      <w:snapToGrid w:val="0"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Char0">
+    <w:name w:val="页脚 Char"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005829B3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="仿宋_GB2312" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="CCE8CF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1857,49 +1987,49 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>45</Words>
-  <Characters>263</Characters>
+  <Characters>261</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>307</CharactersWithSpaces>
+  <CharactersWithSpaces>305</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>吴蕾</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>